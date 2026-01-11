--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336f1fe0cdc14719" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc232f3b4224073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f14191c89594b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c4437698174a26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3bed4a4aff40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f14191c89594b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff70504eb2c4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c4437698174a26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern-Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>116,799</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>