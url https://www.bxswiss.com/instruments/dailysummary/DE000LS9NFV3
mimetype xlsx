--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc232f3b4224073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63eae99bb01449bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c4437698174a26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef7777414a64053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff70504eb2c4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c4437698174a26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed6354f10fb4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef7777414a64053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern-Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,962</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>