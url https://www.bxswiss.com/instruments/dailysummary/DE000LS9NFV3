--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63eae99bb01449bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e23cbb1634408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef7777414a64053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670a54c5f709413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed6354f10fb4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef7777414a64053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c6e9da9d434c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670a54c5f709413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern-Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>