--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f6428c9d2d4455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725f750a515c431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfa4e643855472b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea47820d2334e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R575bb4111daf400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfa4e643855472b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efa98b870294c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea47820d2334e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>