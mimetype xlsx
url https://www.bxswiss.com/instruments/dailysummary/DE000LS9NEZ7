--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725f750a515c431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3197689afa04b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea47820d2334e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a153207f4f498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efa98b870294c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea47820d2334e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6842a9abbb234eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a153207f4f498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>58,800</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>