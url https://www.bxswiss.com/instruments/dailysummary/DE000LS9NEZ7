--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3197689afa04b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9118dc884244452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a153207f4f498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f4e16b60c844e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6842a9abbb234eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a153207f4f498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2dfebacae2401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f4e16b60c844e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>59,940</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>