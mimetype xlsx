--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9118dc884244452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R449679dd69d54220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f4e16b60c844e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd67654691849b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2dfebacae2401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f4e16b60c844e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83bf0ed6ddb406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd67654691849b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,055</x:t>
-[...70 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,812</x:t>
-[...252 lines deleted...]
-          <x:t>58,448</x:t>
+          <x:t>58,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>