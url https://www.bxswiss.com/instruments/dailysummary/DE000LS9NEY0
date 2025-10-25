--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e7e6fa41cf483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656e96b9df034999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda37dd0d77d84067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refec90cfa819415b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb867f91cf034887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda37dd0d77d84067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a377aa687f34730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refec90cfa819415b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nibelungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>