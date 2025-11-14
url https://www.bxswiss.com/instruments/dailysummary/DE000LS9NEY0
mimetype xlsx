--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656e96b9df034999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd620db640da34622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refec90cfa819415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a0ee33393245c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a377aa687f34730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refec90cfa819415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147ed2e34ae940ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a0ee33393245c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nibelungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>144,008</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,761</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>142,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,096</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>