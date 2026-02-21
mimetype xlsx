--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd620db640da34622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a41556914c4c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a0ee33393245c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3920f593fc2e4f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147ed2e34ae940ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a0ee33393245c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfad30738fef4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3920f593fc2e4f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nibelungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,181</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>