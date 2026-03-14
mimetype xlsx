--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a41556914c4c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79b15ad1715456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3920f593fc2e4f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65959a5b0ced4bb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfad30738fef4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3920f593fc2e4f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b10acbb044147e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65959a5b0ced4bb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nibelungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>