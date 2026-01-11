--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda29cd3a9420408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074c377dc133438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0049deee0d7418e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re753f88cb3b644d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a635abd6cd4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0049deee0d7418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re371e255e551468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re753f88cb3b644d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfuxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,933</x:t>
-[...63 lines deleted...]
-          <x:t>100,709</x:t>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>