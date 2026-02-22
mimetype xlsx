--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074c377dc133438d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023b0f72ea4f41d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re753f88cb3b644d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59606c8bf3184060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re371e255e551468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re753f88cb3b644d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a844ce103d242d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59606c8bf3184060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfuxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,801</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>