--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023b0f72ea4f41d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f572bf309aa422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59606c8bf3184060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bf67ff079e0421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a844ce103d242d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59606c8bf3184060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3788faa27664730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bf67ff079e0421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfuxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...409 lines deleted...]
-          <x:t>99,421</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,146</x:t>
-[...193 lines deleted...]
-          <x:t>100,847</x:t>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>