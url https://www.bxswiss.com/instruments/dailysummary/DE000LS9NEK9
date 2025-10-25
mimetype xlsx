--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2390b3b771614c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc322efe49b9a4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0e6b45e22b4919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ba23245e4c41d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a6cefe0ca44c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0e6b45e22b4919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009d666d205c43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ba23245e4c41d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Zukunft: Digitalisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>