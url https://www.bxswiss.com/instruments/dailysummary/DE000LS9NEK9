--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc322efe49b9a4155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab0237b64c04fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ba23245e4c41d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6766188c70459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009d666d205c43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ba23245e4c41d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d356fff40b84c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6766188c70459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Zukunft: Digitalisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>234,086</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>