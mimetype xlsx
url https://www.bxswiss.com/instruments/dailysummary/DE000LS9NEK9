--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab0237b64c04fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d6f461acbe4ff1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6766188c70459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4794cd767ba4e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d356fff40b84c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6766188c70459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f0d161d813434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4794cd767ba4e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Zukunft: Digitalisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>223,425</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>