--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d6f461acbe4ff1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e28c8460cc24fe4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4794cd767ba4e63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R550ddf5da7164830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f0d161d813434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4794cd767ba4e63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4b75b54f9684262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R550ddf5da7164830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Zukunft: Digitalisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>