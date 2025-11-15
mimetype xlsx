--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc65a098e820c4a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80cb37ddb7e245c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra73562454ba744ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e29de5620b43b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3ebef2d71d4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra73562454ba744ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f2b5725f71461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e29de5620b43b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>turn arround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>62,297</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,432</x:t>
-[...517 lines deleted...]
-          <x:t>64,563</x:t>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>