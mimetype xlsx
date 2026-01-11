--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80cb37ddb7e245c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ba3b2bab424d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e29de5620b43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a46b2bbc1f4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f2b5725f71461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e29de5620b43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8404d23118f0438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a46b2bbc1f4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>turn arround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>67,699</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>