--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ba3b2bab424d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbb78acc1f44ce7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a46b2bbc1f4637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a283fa05a04b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8404d23118f0438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a46b2bbc1f4637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e22bab3d4654c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a283fa05a04b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>turn arround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>74,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>