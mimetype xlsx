--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbb78acc1f44ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a27bf8dee6649d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a283fa05a04b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1094b851961414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e22bab3d4654c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a283fa05a04b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd61cc08f69f34729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1094b851961414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>turn arround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>