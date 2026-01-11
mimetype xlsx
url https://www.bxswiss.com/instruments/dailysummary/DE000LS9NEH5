--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e7ea5fb9254c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4b886e2cc64aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7a4043a3f04416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a56f24b10f4622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R015a97be451a4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7a4043a3f04416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cf7f54e5234380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a56f24b10f4622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cannabis Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>