--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4b886e2cc64aa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43d620861934d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a56f24b10f4622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bde1f9c1a04337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cf7f54e5234380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a56f24b10f4622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d9f935c3fb4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bde1f9c1a04337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cannabis Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>21,565</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>