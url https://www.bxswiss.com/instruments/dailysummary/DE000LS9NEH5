--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43d620861934d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e47ff7caa664daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bde1f9c1a04337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6c9d81746e482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d9f935c3fb4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bde1f9c1a04337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85724316d284434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6c9d81746e482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cannabis Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>19,553</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,521</x:t>
-[...65 lines deleted...]
-          <x:t>19,870</x:t>
+          <x:t>19,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,477</x:t>
-[...247 lines deleted...]
-          <x:t>19,182</x:t>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>