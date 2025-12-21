--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91287605d904c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b61507048f4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4071c6ecb5794030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2cf3813d164088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bc4ac105f54847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4071c6ecb5794030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra56e13e9d6d1488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2cf3813d164088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft &amp; Trends Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>214,397</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>