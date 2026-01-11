--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b61507048f4a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5014e5fd24684929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2cf3813d164088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334b8e63db8b4d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra56e13e9d6d1488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2cf3813d164088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac03ec156d84af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334b8e63db8b4d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft &amp; Trends Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>