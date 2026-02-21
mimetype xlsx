--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5014e5fd24684929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6bf9564414482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334b8e63db8b4d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c276f2c56440b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac03ec156d84af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334b8e63db8b4d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613ffc6696e84167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c276f2c56440b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft &amp; Trends Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>225,947</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>