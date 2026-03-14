--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6bf9564414482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e1f304f7c7436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c276f2c56440b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06b1c9c4a02549d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613ffc6696e84167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c276f2c56440b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9fbd97ccd94e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06b1c9c4a02549d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft &amp; Trends Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>