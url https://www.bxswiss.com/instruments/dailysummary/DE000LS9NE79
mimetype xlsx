--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb426a60658c44a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3decafcc3104e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ecff6210bd4bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe6707aac0845e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5436345175e242fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ecff6210bd4bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a16e5db602746e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe6707aac0845e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish- &amp; Aquafarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,790</x:t>
-[...306 lines deleted...]
-          <x:t>93,821</x:t>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>