--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3decafcc3104e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e8e337f5a743fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe6707aac0845e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849800c094a443df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a16e5db602746e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe6707aac0845e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ae53a1a3834285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849800c094a443df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish- &amp; Aquafarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>92,412</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,889</x:t>
-[...517 lines deleted...]
-          <x:t>92,411</x:t>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>