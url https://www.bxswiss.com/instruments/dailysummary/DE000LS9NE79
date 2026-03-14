--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e8e337f5a743fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ee14ddeea947e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849800c094a443df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e4a19ee1ba4a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ae53a1a3834285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849800c094a443df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4645f1d7f30d477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e4a19ee1ba4a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish- &amp; Aquafarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>93,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>93,309</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>