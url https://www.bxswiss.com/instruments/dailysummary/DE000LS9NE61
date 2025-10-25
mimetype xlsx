--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20b5f7200a84d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb352c9a43dba4abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189e79d0b7654fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb7289cd0104f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fef07d28c0e4ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189e79d0b7654fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd97ea9dc5044597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb7289cd0104f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>