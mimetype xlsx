--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb352c9a43dba4abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16979640257e4c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb7289cd0104f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e261b742261479c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd97ea9dc5044597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb7289cd0104f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e14e06461fb4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e261b742261479c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>