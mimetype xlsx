--- v2 (2025-11-15)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16979640257e4c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa99d38b1f94b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e261b742261479c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R612b76678771482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e14e06461fb4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e261b742261479c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f86100c89241d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R612b76678771482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>299,804</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>