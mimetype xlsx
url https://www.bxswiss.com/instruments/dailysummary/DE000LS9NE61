--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa99d38b1f94b92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724a88c9641e4101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R612b76678771482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd503207f725646e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f86100c89241d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R612b76678771482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb219f1a7902e40f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd503207f725646e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>315,316</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>