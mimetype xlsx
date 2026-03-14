--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724a88c9641e4101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca17833006a64c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd503207f725646e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04cd486159594035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb219f1a7902e40f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd503207f725646e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8924f77ed24417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04cd486159594035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>