--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra281477dd0de4870" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbfc216874b4e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9c415628f5401d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b582880e12842fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4f599bc8b94239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9c415628f5401d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec73ae095aca4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b582880e12842fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>