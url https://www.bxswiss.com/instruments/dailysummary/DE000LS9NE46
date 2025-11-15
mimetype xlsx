--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbfc216874b4e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f0f0c7f60444b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b582880e12842fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce1331b86624f8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec73ae095aca4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b582880e12842fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb7f7c41cd704f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce1331b86624f8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>