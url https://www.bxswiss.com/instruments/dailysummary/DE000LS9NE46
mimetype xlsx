--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f0f0c7f60444b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc87bef2fbc9a4df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce1331b86624f8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2fc7d6b66ad4e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb7f7c41cd704f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce1331b86624f8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbea52a262ef461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2fc7d6b66ad4e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,716</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>