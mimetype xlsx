--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc87bef2fbc9a4df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f58c04eef247ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2fc7d6b66ad4e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6930ae7e68314c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbea52a262ef461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2fc7d6b66ad4e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8008c0e1d72d45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6930ae7e68314c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,224</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>