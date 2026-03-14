--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f58c04eef247ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82394ccba5b476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6930ae7e68314c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd387ca8ab11d4a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8008c0e1d72d45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6930ae7e68314c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1395063439bc4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd387ca8ab11d4a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>