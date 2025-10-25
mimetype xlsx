--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e8a4763b0c442f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fee9ad44d44fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5591eabc34c4e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd75a92e7b545bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f3214b14024eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5591eabc34c4e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a1f9fd5703479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd75a92e7b545bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>