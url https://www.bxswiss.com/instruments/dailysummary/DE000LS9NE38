--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fee9ad44d44fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de58cbadddb4bf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd75a92e7b545bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb589d244a7e456f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a1f9fd5703479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd75a92e7b545bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6638ea424ba64916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb589d244a7e456f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>