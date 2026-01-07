--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de58cbadddb4bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00defc43a53b4597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb589d244a7e456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d25ccb849774066"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6638ea424ba64916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb589d244a7e456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b098144cc1647d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d25ccb849774066" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>433,800</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>