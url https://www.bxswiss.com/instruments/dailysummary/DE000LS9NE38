--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00defc43a53b4597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3519024c0dda4df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d25ccb849774066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39c055f52484add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b098144cc1647d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d25ccb849774066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bafe8f84ab4b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39c055f52484add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>450,114</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>