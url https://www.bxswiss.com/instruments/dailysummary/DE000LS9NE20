--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71a744d47554592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c700bd3c2974065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93df451bea44007"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08832867cc142ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83fecab0871435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93df451bea44007" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3020a964bfb4b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08832867cc142ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nopainnogain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>