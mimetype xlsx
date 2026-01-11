--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c700bd3c2974065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac78d51f04374e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08832867cc142ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75eb4e8ec32c441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3020a964bfb4b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08832867cc142ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51f035733e244d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75eb4e8ec32c441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nopainnogain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>57,226</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>