--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac78d51f04374e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74e4ad975e54f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75eb4e8ec32c441e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra48b969669f04ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51f035733e244d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75eb4e8ec32c441e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83d8c31c64144c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra48b969669f04ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nopainnogain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,119</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>