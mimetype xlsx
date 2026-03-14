--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74e4ad975e54f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a801f1530594169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra48b969669f04ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f24c7fc57b4c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83d8c31c64144c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra48b969669f04ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925f814443454c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f24c7fc57b4c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nopainnogain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>61,793</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,613</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>62,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>