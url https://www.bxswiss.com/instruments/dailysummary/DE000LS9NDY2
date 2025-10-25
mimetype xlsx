--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde46f86a89e64c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ebf47efc1e64772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96238c5cd78a4814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b4bbd851df474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cc20a68c2944f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96238c5cd78a4814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra489dc12f2764e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b4bbd851df474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound-Nutzung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>28,945</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,892</x:t>
-[...87 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>28,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,835</x:t>
-[...31 lines deleted...]
-          <x:t>28,741</x:t>
+          <x:t>28,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>28,823</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>