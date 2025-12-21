--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ebf47efc1e64772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2892433dda841b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b4bbd851df474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc616c0f4a75544a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra489dc12f2764e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b4bbd851df474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236065abac2f4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc616c0f4a75544a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound-Nutzung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,845</x:t>
-[...4 lines deleted...]
-          <x:t>28,759</x:t>
+          <x:t>28,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>28,857</x:t>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,794</x:t>
-[...156 lines deleted...]
-          <x:t>28,677</x:t>
+          <x:t>28,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,708</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>28,512</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>