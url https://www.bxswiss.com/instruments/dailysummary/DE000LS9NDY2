--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2892433dda841b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899f7f10dc4b4ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc616c0f4a75544a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae76b0bd0cc54c8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236065abac2f4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc616c0f4a75544a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb8f04f947f4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae76b0bd0cc54c8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound-Nutzung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>28,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>28,684</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>