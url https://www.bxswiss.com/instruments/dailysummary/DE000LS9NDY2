--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899f7f10dc4b4ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3b98f15259432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae76b0bd0cc54c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bf61e396214ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb8f04f947f4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae76b0bd0cc54c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2133319621fc4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bf61e396214ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound-Nutzung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>28,654</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,649</x:t>
-[...53 lines deleted...]
-          <x:t>28,676</x:t>
+          <x:t>28,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>