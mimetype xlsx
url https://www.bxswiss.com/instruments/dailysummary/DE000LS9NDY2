--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3b98f15259432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5a25de4a4c41d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bf61e396214ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ec87bea213241d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2133319621fc4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bf61e396214ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9316f1b3d9ed4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ec87bea213241d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound-Nutzung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>