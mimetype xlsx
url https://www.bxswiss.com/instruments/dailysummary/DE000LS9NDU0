--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f01d5013664833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055a09914d2a4a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e61aff5d688426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa59b78fc2294fc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c894d7d4e94672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e61aff5d688426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206908b1f57146bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa59b78fc2294fc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaroundstories</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>