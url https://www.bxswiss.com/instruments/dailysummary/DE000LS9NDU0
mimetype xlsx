--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055a09914d2a4a2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8a3c3a15bd4636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa59b78fc2294fc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01f8b4a34f04da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206908b1f57146bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa59b78fc2294fc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149d5461568a4312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01f8b4a34f04da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaroundstories</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>184,257</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,768</x:t>
-[...544 lines deleted...]
-          <x:t>184,599</x:t>
+          <x:t>185,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>