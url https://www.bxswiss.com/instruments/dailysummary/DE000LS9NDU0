--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8a3c3a15bd4636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894edaf1eadc4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01f8b4a34f04da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b3448ca165f46c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149d5461568a4312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01f8b4a34f04da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5518fabca44ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b3448ca165f46c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaroundstories</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>185,716</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>