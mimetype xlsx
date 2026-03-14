--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894edaf1eadc4ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8297246ae94dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b3448ca165f46c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743656142f6842f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5518fabca44ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b3448ca165f46c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0309f186d6154d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743656142f6842f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaroundstories</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>