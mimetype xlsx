--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bd67948726421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a33020bc90142fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6e8c642e1b1426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55329b212ecb4e7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ee603e9ee34b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6e8c642e1b1426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec0d828a395416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55329b212ecb4e7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalyse undervalued</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>113,678</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,866</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>118,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>