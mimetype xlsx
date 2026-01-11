--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a33020bc90142fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re980991de9b8412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55329b212ecb4e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77db569c312c4076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec0d828a395416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55329b212ecb4e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra743a51aaf7d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77db569c312c4076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalyse undervalued</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>118,891</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,490</x:t>
-[...512 lines deleted...]
-          <x:t>115,225</x:t>
+          <x:t>117,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>