--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re980991de9b8412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf80ab54cae461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77db569c312c4076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b99f6beae9b4adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra743a51aaf7d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77db569c312c4076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a95622dc26441e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b99f6beae9b4adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalyse undervalued</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,040</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>