--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec9fb4cf23494326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4b902bc70c3499a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944063e525aa4791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a576f9c4d74e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1a37ba73bd49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944063e525aa4791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5114d9b1e73a4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a576f9c4d74e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>