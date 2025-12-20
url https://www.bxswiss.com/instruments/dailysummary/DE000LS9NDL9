--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4b902bc70c3499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a38c818a954076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a576f9c4d74e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120813404b7a475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5114d9b1e73a4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a576f9c4d74e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a0f9abdbab4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120813404b7a475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>265,059</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>