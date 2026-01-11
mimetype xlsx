--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a38c818a954076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ac584a3f6314135" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120813404b7a475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ca016983164ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a0f9abdbab4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120813404b7a475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02acc990fd6f48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ca016983164ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>