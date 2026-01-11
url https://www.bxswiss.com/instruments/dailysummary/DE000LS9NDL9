--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ac584a3f6314135" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5557dc1e744e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ca016983164ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b21e3e7edc64803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02acc990fd6f48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ca016983164ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a38127c577a4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b21e3e7edc64803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>