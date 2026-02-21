--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5557dc1e744e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772b19e84350478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b21e3e7edc64803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915e87fb225b45d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a38127c577a4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b21e3e7edc64803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729b043fee2f4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915e87fb225b45d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>269,896</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>