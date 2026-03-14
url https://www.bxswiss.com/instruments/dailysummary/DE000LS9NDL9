--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772b19e84350478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb9609817364e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915e87fb225b45d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28d0f4391f549e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729b043fee2f4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915e87fb225b45d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350c60a9aff548d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28d0f4391f549e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>