--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cbce317ac34020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63f8eb3f228464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d2c7eb9106e4d92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7db44394cf354051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9044850d7ee64795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d2c7eb9106e4d92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d95134241d4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7db44394cf354051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>