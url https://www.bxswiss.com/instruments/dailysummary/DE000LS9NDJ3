--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63f8eb3f228464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8985335b050c45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7db44394cf354051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5231db4492b441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d95134241d4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7db44394cf354051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f8f93315bcf48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5231db4492b441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>