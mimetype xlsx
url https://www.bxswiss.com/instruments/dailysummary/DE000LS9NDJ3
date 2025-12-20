--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8985335b050c45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d8247b6c5f4eb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5231db4492b441b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9793a7a8c77e4bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f8f93315bcf48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5231db4492b441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76783df19643484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9793a7a8c77e4bb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>