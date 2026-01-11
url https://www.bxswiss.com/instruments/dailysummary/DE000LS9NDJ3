--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d8247b6c5f4eb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa0ac9092b4498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9793a7a8c77e4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec0826741af4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76783df19643484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9793a7a8c77e4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408d7af4f37a4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec0826741af4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>