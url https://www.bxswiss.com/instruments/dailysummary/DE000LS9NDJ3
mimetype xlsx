--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa0ac9092b4498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ffa5174c554b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec0826741af4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6862b9a3d14cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408d7af4f37a4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec0826741af4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220df5258c3146c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6862b9a3d14cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>339,438</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>