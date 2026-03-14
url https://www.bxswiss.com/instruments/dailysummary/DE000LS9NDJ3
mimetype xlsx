--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ffa5174c554b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9dbbacea8ad43e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6862b9a3d14cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a595f1995bf4240"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220df5258c3146c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6862b9a3d14cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redaeff815e49402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a595f1995bf4240" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>