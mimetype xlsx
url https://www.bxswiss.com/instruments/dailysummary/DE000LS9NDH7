--- v0 (2025-11-14)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0bf28bdbec462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b598ab97d74776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a4b6786bff45f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c935b807f20404c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21510989ca384a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a4b6786bff45f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5e87efc5e84941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c935b807f20404c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Shaper &amp; Disruptive Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,748</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>