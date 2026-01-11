--- v1 (2026-01-09)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b598ab97d74776" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86f8afdffa14b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c935b807f20404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9169b3677d4658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5e87efc5e84941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c935b807f20404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red0559472386419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9169b3677d4658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Shaper &amp; Disruptive Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +575,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>