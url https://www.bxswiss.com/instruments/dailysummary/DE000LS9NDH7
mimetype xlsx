--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86f8afdffa14b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7737f8ce91d849c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9169b3677d4658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd51ff8f2f505404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red0559472386419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9169b3677d4658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292b83d73b6a44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd51ff8f2f505404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Shaper &amp; Disruptive Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>