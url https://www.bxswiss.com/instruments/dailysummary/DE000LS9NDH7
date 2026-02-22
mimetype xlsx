--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7737f8ce91d849c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60090bd5a95a474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd51ff8f2f505404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f811673e654c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292b83d73b6a44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd51ff8f2f505404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd229af5f64db441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f811673e654c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Shaper &amp; Disruptive Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>142,904</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>