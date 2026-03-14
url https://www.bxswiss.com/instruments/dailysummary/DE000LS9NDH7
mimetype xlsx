--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60090bd5a95a474e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R414e5970e0c0443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f811673e654c86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c94262604314f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd229af5f64db441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f811673e654c86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e54ffcbc574543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c94262604314f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Shaper &amp; Disruptive Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>