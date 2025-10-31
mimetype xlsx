--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34697f91835b41dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ae646e2d7a4ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd4d110123e4cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59ae9c074b14e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16f5c23e0984d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd4d110123e4cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27bbbe0c47dd43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59ae9c074b14e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>