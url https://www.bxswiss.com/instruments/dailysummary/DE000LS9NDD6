--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ae646e2d7a4ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf701f9d31f484af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59ae9c074b14e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c62f556b4b74e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27bbbe0c47dd43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59ae9c074b14e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e43db6a92184029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c62f556b4b74e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>