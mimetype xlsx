--- v2 (2025-11-21)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf701f9d31f484af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra988a81bfb6e4e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c62f556b4b74e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bcdce75425343b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e43db6a92184029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c62f556b4b74e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3557af4f40a84c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bcdce75425343b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>236,877</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,467</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>221,337</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>