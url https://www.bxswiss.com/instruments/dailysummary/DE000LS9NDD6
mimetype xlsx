--- v3 (2026-01-14)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra988a81bfb6e4e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R263c57fa78fb4b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bcdce75425343b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93c90d787ecf45b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3557af4f40a84c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bcdce75425343b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474ef9e5aa754e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93c90d787ecf45b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>259,954</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>