--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R263c57fa78fb4b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbebe642a568c40bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93c90d787ecf45b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a7aa063a4f48bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474ef9e5aa754e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93c90d787ecf45b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7fa6a3be1d4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a7aa063a4f48bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>