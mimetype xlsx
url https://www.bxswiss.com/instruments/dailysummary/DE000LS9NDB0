--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafb1da581f8a40ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43f07e7176a4fc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c95c0bc610e47cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c718217a694e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83e500598a94dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c95c0bc610e47cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d36c56c7454482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c718217a694e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage nach Directors' Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>