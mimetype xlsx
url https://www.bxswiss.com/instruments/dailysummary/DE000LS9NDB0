--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43f07e7176a4fc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd2bb0fdb0e410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c718217a694e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981964c5cf1347a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d36c56c7454482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c718217a694e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7883d7221146cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981964c5cf1347a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage nach Directors' Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>89,693</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,296</x:t>
-[...220 lines deleted...]
-          <x:t>91,533</x:t>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>