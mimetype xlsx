--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd2bb0fdb0e410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa0052d80c640fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981964c5cf1347a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bae36f8f0f44b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7883d7221146cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981964c5cf1347a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra306465ab1bd462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bae36f8f0f44b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage nach Directors' Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>