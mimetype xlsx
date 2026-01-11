--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e817c2f495e44d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa626d9213a4d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e8426428d0469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49adea76c1fd4a8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ce2853aab34cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e8426428d0469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re918af61838845ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49adea76c1fd4a8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silberminen XXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,81 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,414</x:t>
@@ -764,31 +259,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>