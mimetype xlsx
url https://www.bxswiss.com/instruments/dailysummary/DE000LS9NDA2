--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa626d9213a4d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201e64f33a7f4b75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49adea76c1fd4a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dded4767bc84d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re918af61838845ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49adea76c1fd4a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f01b3e0f184011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dded4767bc84d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silberminen XXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>