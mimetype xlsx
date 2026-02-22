--- v2 (2026-01-12)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201e64f33a7f4b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60889d9f694b4f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dded4767bc84d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd09791a40d42ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f01b3e0f184011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dded4767bc84d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5b669bf617449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd09791a40d42ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silberminen XXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,377 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...344 lines deleted...]
-          <x:t>216,831</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>