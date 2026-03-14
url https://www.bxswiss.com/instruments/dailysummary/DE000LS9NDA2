--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60889d9f694b4f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9df8b6729294b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd09791a40d42ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313f3001f8624a8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5b669bf617449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd09791a40d42ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2c6d9c6ce94b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313f3001f8624a8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silberminen XXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>