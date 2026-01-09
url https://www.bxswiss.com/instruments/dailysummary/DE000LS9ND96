--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25c0ad88fb674d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39396b31144f4dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra93dabdfaa684de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d70d65d75b4ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c020403e874470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra93dabdfaa684de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec828a602bb418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d70d65d75b4ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle EU+GB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,599</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>