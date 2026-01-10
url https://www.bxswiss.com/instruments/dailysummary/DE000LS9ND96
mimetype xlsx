--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39396b31144f4dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6898483ae2fe4443" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d70d65d75b4ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re064fe4c4dd7444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec828a602bb418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d70d65d75b4ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc664fafa28824b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re064fe4c4dd7444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle EU+GB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -609,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>