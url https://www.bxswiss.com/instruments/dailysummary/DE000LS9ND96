--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6898483ae2fe4443" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79af0cd2969c46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re064fe4c4dd7444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39aac2f7b3a481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc664fafa28824b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re064fe4c4dd7444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a5f3869d464a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39aac2f7b3a481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle EU+GB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>181,304</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>