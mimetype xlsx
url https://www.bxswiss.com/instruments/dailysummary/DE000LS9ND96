--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79af0cd2969c46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74e9dfe10884ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39aac2f7b3a481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa990c763144e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a5f3869d464a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39aac2f7b3a481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e60359ed8d44cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa990c763144e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle EU+GB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>