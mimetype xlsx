--- v0 (2025-10-24)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35391f4def3e4b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R448d7e05ed7340b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de5344347184803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e8e306c2a7490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72f146195e04835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de5344347184803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d0baaafb54f4c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e8e306c2a7490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Financials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>