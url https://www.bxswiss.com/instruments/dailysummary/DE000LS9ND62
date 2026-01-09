--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R448d7e05ed7340b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd520edf61c5149e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e8e306c2a7490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf063bc97fdf4748"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d0baaafb54f4c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e8e306c2a7490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79977d0aa4a4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf063bc97fdf4748" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Financials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,338</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>