--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd520edf61c5149e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re199e367f27947a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf063bc97fdf4748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc10bdf065840449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79977d0aa4a4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf063bc97fdf4748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64043fd52c5e44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc10bdf065840449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Financials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>220,188</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>