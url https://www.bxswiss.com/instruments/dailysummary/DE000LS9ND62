--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re199e367f27947a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff4df39ae904b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc10bdf065840449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e91986ba1054866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64043fd52c5e44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc10bdf065840449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba404bba6e84a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e91986ba1054866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Financials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>