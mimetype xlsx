--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6681d0ebb75345d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556ce1098b4b444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf052ab724f06415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf631119812c4efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55fd86f29a24158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf052ab724f06415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b11d0031574a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf631119812c4efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>