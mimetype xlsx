--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556ce1098b4b444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699ce48af6c246c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf631119812c4efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2c1615144e43d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b11d0031574a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf631119812c4efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a6b9676f09481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2c1615144e43d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>194,008</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>