--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699ce48af6c246c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df86b24155843ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2c1615144e43d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395f3118657c45a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a6b9676f09481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2c1615144e43d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c22aceb55e64521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395f3118657c45a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>