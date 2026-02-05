--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df86b24155843ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332e9d5502144b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395f3118657c45a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8a5dc2ca674bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c22aceb55e64521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395f3118657c45a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8217cb39d042407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8a5dc2ca674bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>