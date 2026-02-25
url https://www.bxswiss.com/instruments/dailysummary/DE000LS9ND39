--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332e9d5502144b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2282741f8a84416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8a5dc2ca674bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6b3132b5be439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8217cb39d042407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8a5dc2ca674bd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3d0b1953dc44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6b3132b5be439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>