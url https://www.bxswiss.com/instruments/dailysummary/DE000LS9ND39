--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2282741f8a84416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94310195fd24b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6b3132b5be439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f02d22139e14b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3d0b1953dc44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6b3132b5be439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a22217b548b4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f02d22139e14b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>