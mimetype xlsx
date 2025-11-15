--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd310f374e54379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f73aed05214493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08a995d9253544b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc8febfde9448d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729a2ca6872d48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08a995d9253544b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R316eff37ce1f4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc8febfde9448d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International TradeX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>