--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f73aed05214493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2dfee1381e4bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc8febfde9448d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52181e37f022438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R316eff37ce1f4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc8febfde9448d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ba2c76a63424437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52181e37f022438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International TradeX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,388</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>98,043</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>