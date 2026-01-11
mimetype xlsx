--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2dfee1381e4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af19f410ad343c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52181e37f022438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb80351a2fae14c55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ba2c76a63424437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52181e37f022438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216e387262264b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb80351a2fae14c55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International TradeX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,097</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>98,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,217</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>