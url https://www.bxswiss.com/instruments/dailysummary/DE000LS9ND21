--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af19f410ad343c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5254d3d91ee54993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb80351a2fae14c55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffe749612474d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216e387262264b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb80351a2fae14c55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa12e0ee6dbc4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffe749612474d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International TradeX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,170</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>