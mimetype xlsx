--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5254d3d91ee54993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dc210516d194f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffe749612474d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3935c731e94eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa12e0ee6dbc4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffe749612474d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2d024c3ab64f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3935c731e94eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International TradeX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>