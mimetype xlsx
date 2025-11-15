--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43ec7ab547c4594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7bd5966521f4e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb23d55f0da4068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3e7db07d8044e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R700fa17ca8a240ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb23d55f0da4068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd446442a5684672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3e7db07d8044e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Refresh</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,426</x:t>
@@ -764,31 +339,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>