--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7bd5966521f4e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c21fb5435149ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3e7db07d8044e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d43422300cf4d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd446442a5684672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3e7db07d8044e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b96e4bdae3435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d43422300cf4d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Refresh</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...443 lines deleted...]
-          <x:t>112,269</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,847</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>110,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>