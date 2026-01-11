--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c21fb5435149ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43894e36a3c64924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d43422300cf4d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6b7f9868944691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b96e4bdae3435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d43422300cf4d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e6327329f6f44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6b7f9868944691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Refresh</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>