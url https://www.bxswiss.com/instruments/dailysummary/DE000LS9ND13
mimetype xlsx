--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43894e36a3c64924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4282e7d75c4f4897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6b7f9868944691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2c852a69ed4ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e6327329f6f44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6b7f9868944691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e41efa6c75549ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2c852a69ed4ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Refresh</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,365</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>