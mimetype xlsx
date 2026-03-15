--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4282e7d75c4f4897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c153dd88dcc4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2c852a69ed4ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178786c167004728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e41efa6c75549ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2c852a69ed4ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fde245f77a4f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178786c167004728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Refresh</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>