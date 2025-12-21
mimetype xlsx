--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra625943da51b43d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9387e1cd0e41f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b024bc15cc4820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394740bcf2624301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5e0623e7b34e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b024bc15cc4820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1319f66f2c704456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394740bcf2624301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish-Farming Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>139,172</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,092</x:t>
-[...198 lines deleted...]
-          <x:t>146,017</x:t>
+          <x:t>140,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>