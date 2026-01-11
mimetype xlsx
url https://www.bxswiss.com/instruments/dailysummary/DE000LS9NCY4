--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9387e1cd0e41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46939f8dafe54e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394740bcf2624301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18264fdb22bf4bf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1319f66f2c704456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394740bcf2624301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf933ce47abdd47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18264fdb22bf4bf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish-Farming Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>