--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46939f8dafe54e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa3b735a3b284408" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18264fdb22bf4bf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf634677a9964d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf933ce47abdd47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18264fdb22bf4bf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74661a5ebb61432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf634677a9964d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish-Farming Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>