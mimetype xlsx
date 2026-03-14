--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa3b735a3b284408" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e88c38582354cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf634677a9964d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553bb86c30304328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74661a5ebb61432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf634677a9964d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9eb3e87f0484e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553bb86c30304328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fish-Farming Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>