--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab52b5db3ae41ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307f0cf8f811496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d770e550b2c460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a2ce6ab8294904"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b837a6cc46420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d770e550b2c460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03ed9fd2a2d40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a2ce6ab8294904" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Global Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>143,728</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>