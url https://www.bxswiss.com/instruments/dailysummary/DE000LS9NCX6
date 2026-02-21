--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307f0cf8f811496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4091d2992fad4782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a2ce6ab8294904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4248afde5e45f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03ed9fd2a2d40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a2ce6ab8294904" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ecd3af2081b42a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4248afde5e45f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Global Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>158,291</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>