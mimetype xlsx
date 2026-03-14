--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4091d2992fad4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb76b65d1e9e04b08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4248afde5e45f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e7a6608b694d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ecd3af2081b42a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4248afde5e45f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eea7dd21c574ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e7a6608b694d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Global Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>