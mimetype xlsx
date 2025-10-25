--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d5b93887894f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63130b36ce54ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69d0c5b59a6a4636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9761bc49fe75488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef5b79dcd3a4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69d0c5b59a6a4636" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b9ad4018184abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9761bc49fe75488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV - BUY &lt;10 - SELL &gt;15</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>