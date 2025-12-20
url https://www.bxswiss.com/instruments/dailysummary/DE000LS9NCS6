--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63130b36ce54ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra21db4858c95442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9761bc49fe75488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2788eea8a1144bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b9ad4018184abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9761bc49fe75488e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045a5d07166443f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2788eea8a1144bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV - BUY &lt;10 - SELL &gt;15</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>105,149</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,107</x:t>
-[...97 lines deleted...]
-          <x:t>105,102</x:t>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,097</x:t>
-[...517 lines deleted...]
-          <x:t>104,868</x:t>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>