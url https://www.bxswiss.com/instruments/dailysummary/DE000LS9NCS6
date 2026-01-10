--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra21db4858c95442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f8df04c5df4af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2788eea8a1144bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad845d41a0a4421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045a5d07166443f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2788eea8a1144bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a51ca01978c4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad845d41a0a4421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV - BUY &lt;10 - SELL &gt;15</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>104,494</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,931</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,536</x:t>
-[...112 lines deleted...]
-          <x:t>105,779</x:t>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>105,208</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>