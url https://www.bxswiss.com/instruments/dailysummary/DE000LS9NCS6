--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f8df04c5df4af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aab7560e3f446da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad845d41a0a4421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2648171e719248aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a51ca01978c4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad845d41a0a4421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb94ef18fa743a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2648171e719248aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV - BUY &lt;10 - SELL &gt;15</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>105,035</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,208</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>106,298</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>