--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aab7560e3f446da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d720a3d0ff74dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2648171e719248aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42fd400ed854060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb94ef18fa743a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2648171e719248aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23d18acc7caa413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42fd400ed854060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV - BUY &lt;10 - SELL &gt;15</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>