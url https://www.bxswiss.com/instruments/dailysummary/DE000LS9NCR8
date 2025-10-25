--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0049f74f1c07419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a126dcd008045c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3d476f0c9e3418d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd0274be6eb4bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refef4be5e5fd45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3d476f0c9e3418d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbdd1a46efe408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd0274be6eb4bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>