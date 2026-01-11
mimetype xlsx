--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a126dcd008045c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd0ce1e2bf344ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd0274be6eb4bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac5bdef16c8d4867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbdd1a46efe408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd0274be6eb4bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b2fd9d91a34379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac5bdef16c8d4867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>165,764</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>167,692</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,879</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>168,794</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>