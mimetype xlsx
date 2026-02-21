--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd0ce1e2bf344ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8697075af94f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac5bdef16c8d4867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R482c05274a0c4eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b2fd9d91a34379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac5bdef16c8d4867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88290347d90844d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R482c05274a0c4eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>168,929</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,533</x:t>
-[...382 lines deleted...]
-          <x:t>176,891</x:t>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>