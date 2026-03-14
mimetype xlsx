--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8697075af94f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67339269a6b54e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R482c05274a0c4eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb48c7d39b39b466b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88290347d90844d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R482c05274a0c4eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9277df4a945427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb48c7d39b39b466b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>