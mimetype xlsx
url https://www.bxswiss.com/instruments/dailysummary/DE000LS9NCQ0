--- v0 (2025-10-16)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b7e3c41820145ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1836fb354644e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a6c0bf7d3e44a96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943c4b55a27948c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e81a7f9a2a4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a6c0bf7d3e44a96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref52a373441c4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943c4b55a27948c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfilter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>59,832</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>