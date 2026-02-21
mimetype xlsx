--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1836fb354644e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b109ba418146b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943c4b55a27948c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd991c5f273224d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref52a373441c4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943c4b55a27948c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4875e012a0c24d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd991c5f273224d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfilter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>65,821</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>