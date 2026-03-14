--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b109ba418146b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c66825607e24769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd991c5f273224d21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf164d878d3084652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4875e012a0c24d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd991c5f273224d21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1dafdcf3224854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf164d878d3084652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfilter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>