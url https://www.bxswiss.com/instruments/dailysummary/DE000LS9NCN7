--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd570a0835621401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107b9d3abc8f4d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517059d7a22b4e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25b92a9114d4e78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20520ecc7de4c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517059d7a22b4e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R262e060c39504f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25b92a9114d4e78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>