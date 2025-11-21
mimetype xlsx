--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107b9d3abc8f4d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59dd5668b3d24a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25b92a9114d4e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c978ed69e3c49ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R262e060c39504f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25b92a9114d4e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cbd097de7954c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c978ed69e3c49ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>