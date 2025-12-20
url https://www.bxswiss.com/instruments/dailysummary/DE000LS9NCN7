--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59dd5668b3d24a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c457b546db4376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c978ed69e3c49ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaacc374a164ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cbd097de7954c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c978ed69e3c49ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1026ce02da5c4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaacc374a164ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...544 lines deleted...]
-          <x:t>216,745</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,938</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>223,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>