--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c457b546db4376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e681e9596b74d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaacc374a164ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8280a3cc8e4013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1026ce02da5c4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaacc374a164ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba80a3b5d707482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8280a3cc8e4013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>