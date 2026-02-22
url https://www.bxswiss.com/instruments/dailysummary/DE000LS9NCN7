--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e681e9596b74d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371f285808d847fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8280a3cc8e4013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d753b30fb740ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba80a3b5d707482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8280a3cc8e4013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566084a205f449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d753b30fb740ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>237,626</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>