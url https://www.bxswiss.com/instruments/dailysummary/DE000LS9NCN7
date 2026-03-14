--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371f285808d847fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c0510afa7394a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d753b30fb740ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03bed34d94454784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566084a205f449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d753b30fb740ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a6c10ab82945bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03bed34d94454784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>