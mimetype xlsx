--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6f2e2fad2046d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4888940cd3f34e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4987d75f56e3466b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2bc3ab0f634df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd45b9e8700b4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4987d75f56e3466b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7388b9a681a42bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2bc3ab0f634df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deo Volente!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,320</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>