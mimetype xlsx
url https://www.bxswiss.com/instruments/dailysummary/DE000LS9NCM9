--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4888940cd3f34e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66900f5a92574d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2bc3ab0f634df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c6d9fe14a1492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7388b9a681a42bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2bc3ab0f634df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5495c665d38d4751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c6d9fe14a1492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deo Volente!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,405</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>