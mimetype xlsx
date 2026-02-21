--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66900f5a92574d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036ce4b4a55840cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c6d9fe14a1492a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4189867c064342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5495c665d38d4751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c6d9fe14a1492a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a58210926bd4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4189867c064342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deo Volente!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>144,631</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>