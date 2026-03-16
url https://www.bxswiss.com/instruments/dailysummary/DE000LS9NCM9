--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036ce4b4a55840cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70574097c0064db1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4189867c064342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb18d5ce3434ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a58210926bd4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4189867c064342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4a24fab9fa64a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb18d5ce3434ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deo Volente!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>