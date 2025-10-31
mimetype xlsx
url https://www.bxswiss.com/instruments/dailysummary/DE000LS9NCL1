--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01db366480a140fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52972ed750434e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092dbd51bec748c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf7d62ab1254d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra711c82fd93b4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092dbd51bec748c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1ce6dcd64e44874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf7d62ab1254d6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4 Sterne Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>