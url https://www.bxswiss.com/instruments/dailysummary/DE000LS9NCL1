--- v1 (2025-10-31)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52972ed750434e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c678e87ac747b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf7d62ab1254d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc35091995aea44e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1ce6dcd64e44874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf7d62ab1254d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8486e35197c74581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc35091995aea44e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4 Sterne Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>167,783</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>172,703</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>