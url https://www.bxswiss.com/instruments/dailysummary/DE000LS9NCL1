--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c678e87ac747b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a46883e538f42ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc35091995aea44e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f4499415da4084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8486e35197c74581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc35091995aea44e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2724620258422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f4499415da4084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4 Sterne Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>