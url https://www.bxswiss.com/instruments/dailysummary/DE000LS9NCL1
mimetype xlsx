--- v3 (2026-01-16)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a46883e538f42ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdadc37ce700b4cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f4499415da4084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb254d6e40c4a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2724620258422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f4499415da4084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re693737118524801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb254d6e40c4a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4 Sterne Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>172,886</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>