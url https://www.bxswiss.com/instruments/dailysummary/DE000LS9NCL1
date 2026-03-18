--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdadc37ce700b4cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc387642d5e494c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb254d6e40c4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc654fcb9ff724e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re693737118524801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb254d6e40c4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d01c7ac39541cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc654fcb9ff724e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4 Sterne Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>