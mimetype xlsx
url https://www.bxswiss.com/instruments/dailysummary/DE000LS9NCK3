--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51e90ba1aef4105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c3fe7c64e74866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666419d4fb3e4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdfd11a3acd4c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcdedbf464044cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666419d4fb3e4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99446bf033d44a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdfd11a3acd4c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff &amp; Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,564</x:t>
-[...43 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>205,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,069</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>204,297</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>