--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c3fe7c64e74866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4949fac0cb46ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdfd11a3acd4c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055a24996b9f4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99446bf033d44a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdfd11a3acd4c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d42bd97d6b44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055a24996b9f4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff &amp; Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>202,744</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>