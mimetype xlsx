--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4949fac0cb46ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7789b0789bcd4bdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055a24996b9f4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64e7d51f1bc34f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d42bd97d6b44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055a24996b9f4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53944fb324384f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64e7d51f1bc34f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff &amp; Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>216,576</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,576</x:t>
-[...215 lines deleted...]
-          <x:t>209,754</x:t>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>