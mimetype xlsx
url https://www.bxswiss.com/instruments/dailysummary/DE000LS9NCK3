--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7789b0789bcd4bdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a28eb1db2884ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64e7d51f1bc34f78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab4713aa16d429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53944fb324384f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64e7d51f1bc34f78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc121d3aa9b68452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab4713aa16d429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff &amp; Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>