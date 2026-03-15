--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a28eb1db2884ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f1559f429fc4430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab4713aa16d429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334027f5941a4e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc121d3aa9b68452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab4713aa16d429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6288327fd8647ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334027f5941a4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff &amp; Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>