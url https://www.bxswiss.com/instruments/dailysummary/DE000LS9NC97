--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73ca451b7fc4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31bd9f39cd4a4845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c477a7a35e4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f4ba21ddda4f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75210cd331334214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c477a7a35e4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7bf5c56f2c4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f4ba21ddda4f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Omega-3-Worlds End</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>