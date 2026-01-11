--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31bd9f39cd4a4845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6bf3799f9e4222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f4ba21ddda4f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e24b216112b49d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7bf5c56f2c4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f4ba21ddda4f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e57546e233491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e24b216112b49d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Omega-3-Worlds End</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>459,293</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>