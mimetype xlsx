--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6bf3799f9e4222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R440ce17b01ce4aa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e24b216112b49d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0ce8c8376649cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e57546e233491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e24b216112b49d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R625eede676ee49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0ce8c8376649cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Omega-3-Worlds End</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>489,162</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>