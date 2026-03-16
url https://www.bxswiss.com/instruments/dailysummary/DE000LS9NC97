--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R440ce17b01ce4aa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7948a0689b946af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0ce8c8376649cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeefd43d9024494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R625eede676ee49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0ce8c8376649cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9920c3aa77b44f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeefd43d9024494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Omega-3-Worlds End</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>