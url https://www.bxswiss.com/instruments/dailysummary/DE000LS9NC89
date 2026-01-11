--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcec14a8229f4f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6611fe045ce4b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc3cf66e81f41f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcc56fdc86c4713"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3071bb818e2644f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc3cf66e81f41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re460e4bc9d5e4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcc56fdc86c4713" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Stars langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>