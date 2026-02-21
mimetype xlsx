--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6611fe045ce4b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74827430fe634d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcc56fdc86c4713"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519299fceb5a423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re460e4bc9d5e4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcc56fdc86c4713" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ae867a73fd485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519299fceb5a423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Stars langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,898</x:t>
-[...58 lines deleted...]
-          <x:t>91,568</x:t>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>91,430</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>