--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74827430fe634d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaaf0ee598434eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519299fceb5a423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e0e427772544ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ae867a73fd485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519299fceb5a423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R310d96c6a55e4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e0e427772544ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Stars langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>89,964</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,710</x:t>
-[...404 lines deleted...]
-          <x:t>92,082</x:t>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>