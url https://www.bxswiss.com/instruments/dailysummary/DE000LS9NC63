--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06fd8bed6804cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a67d7a6adb4239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccafc2a8022c46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf21e36575e4c96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b457442bc34424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccafc2a8022c46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25669202c99b4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf21e36575e4c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueInvestor Fokus-Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,158</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>