--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a67d7a6adb4239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976a60caf47c4ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf21e36575e4c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350513a861814787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25669202c99b4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf21e36575e4c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4333202940614749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350513a861814787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueInvestor Fokus-Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>181,104</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>