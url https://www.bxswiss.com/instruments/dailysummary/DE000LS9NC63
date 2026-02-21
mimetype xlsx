--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976a60caf47c4ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd3d1f95ac74eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350513a861814787"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94ff0ef35e648c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4333202940614749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350513a861814787" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0a404615e4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94ff0ef35e648c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueInvestor Fokus-Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>188,106</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,271</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>192,432</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>