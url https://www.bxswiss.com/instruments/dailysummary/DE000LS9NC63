--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd3d1f95ac74eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c6da41eec14b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94ff0ef35e648c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86ada43dd8a49bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0a404615e4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94ff0ef35e648c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde567ab98dd346bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86ada43dd8a49bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueInvestor Fokus-Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>