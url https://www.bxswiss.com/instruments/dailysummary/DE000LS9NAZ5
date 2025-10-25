--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a514275c4b6435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f72679e991143f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0020c7aaf84ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9213b8a6f47d4601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ac1f19a0324664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0020c7aaf84ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbebff50eea4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9213b8a6f47d4601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Top10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>51,271</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,250</x:t>
-[...598 lines deleted...]
-          <x:t>51,452</x:t>
+          <x:t>51,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>