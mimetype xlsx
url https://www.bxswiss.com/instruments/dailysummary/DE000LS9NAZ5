--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f72679e991143f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b10bcd656b6447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9213b8a6f47d4601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715e63cc6e0a4321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbebff50eea4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9213b8a6f47d4601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6166da410e24258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715e63cc6e0a4321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Top10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>51,393</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,997</x:t>
-[...102 lines deleted...]
-          <x:t>51,455</x:t>
+          <x:t>51,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,212</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>24.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,013</x:t>
-[...9 lines deleted...]
-          <x:t>50,010</x:t>
+          <x:t>49,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>