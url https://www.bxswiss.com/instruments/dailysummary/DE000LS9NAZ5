--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b10bcd656b6447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3c1dd2ee884cd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715e63cc6e0a4321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7226494f6b854796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6166da410e24258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715e63cc6e0a4321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12de8fff7d0b490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7226494f6b854796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Top10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,965</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>