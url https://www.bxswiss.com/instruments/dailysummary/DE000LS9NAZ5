--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3c1dd2ee884cd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20b4a1fd822411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7226494f6b854796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R965085ee170e4b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12de8fff7d0b490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7226494f6b854796" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e257181aab44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R965085ee170e4b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Top10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,845</x:t>
-[...16 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,904</x:t>
-[...53 lines deleted...]
-          <x:t>48,763</x:t>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,596</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>48,372</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,551</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>48,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>