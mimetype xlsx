--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8e91d916f6440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e1ea58a88b4784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219e08fc0b4d491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc23e9d67a534005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bcbdce524d740b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219e08fc0b4d491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d4627c516914859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc23e9d67a534005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alles rund um E-Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>