--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e1ea58a88b4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re995838146f24ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc23e9d67a534005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6a6e3742db4d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d4627c516914859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc23e9d67a534005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27061dcfc9bd4344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6a6e3742db4d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alles rund um E-Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>