--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re995838146f24ab7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d1a68105a4d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6a6e3742db4d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78a41f98d2e4215"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27061dcfc9bd4344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6a6e3742db4d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f34980599a24fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78a41f98d2e4215" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alles rund um E-Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>108,643</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,002</x:t>
-[...404 lines deleted...]
-          <x:t>103,037</x:t>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>