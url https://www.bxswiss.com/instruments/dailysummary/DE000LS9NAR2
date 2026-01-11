--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d1a68105a4d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575a0d5a89a24c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78a41f98d2e4215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8d2120da404ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f34980599a24fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78a41f98d2e4215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff341a7df384301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8d2120da404ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alles rund um E-Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>