--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575a0d5a89a24c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a5dba1f6d64588" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8d2120da404ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc942061297154042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff341a7df384301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8d2120da404ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a0eff0052e45a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc942061297154042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alles rund um E-Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,251</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>