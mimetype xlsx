--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb726fd2288484492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf13fe2597a54791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334294d590e5455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cff8b879dda4a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fbf390604c4eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334294d590e5455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35176a20e6742b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cff8b879dda4a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>qualitative Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,513</x:t>
-[...21 lines deleted...]
-          <x:t>123,724</x:t>
+          <x:t>124,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>126,596</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>