--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf13fe2597a54791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e8e10d11a041d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cff8b879dda4a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra859008917d642de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35176a20e6742b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cff8b879dda4a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd282ea71dd44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra859008917d642de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>qualitative Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>124,046</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,061</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>