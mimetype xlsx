--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e8e10d11a041d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fda789aa614e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra859008917d642de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7e8e4407d646cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd282ea71dd44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra859008917d642de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0261a0d1284107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7e8e4407d646cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>qualitative Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>122,530</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,002</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>120,472</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>