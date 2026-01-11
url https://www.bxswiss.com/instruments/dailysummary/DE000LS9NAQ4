--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fda789aa614e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5c872dfe044bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7e8e4407d646cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ea3b2769484314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0261a0d1284107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7e8e4407d646cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7916beb8b0344a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ea3b2769484314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>qualitative Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>