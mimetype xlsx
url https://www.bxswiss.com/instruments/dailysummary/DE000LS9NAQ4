--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5c872dfe044bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ffc9bff4264293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ea3b2769484314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd867dd12d14363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7916beb8b0344a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ea3b2769484314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75649317696a4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd867dd12d14363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>qualitative Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,279</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>