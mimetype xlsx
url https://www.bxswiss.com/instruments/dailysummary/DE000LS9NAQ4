--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ffc9bff4264293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2f20313ac04c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd867dd12d14363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b541907a5e541da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75649317696a4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd867dd12d14363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276446f361ff4056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b541907a5e541da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>qualitative Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>124,281</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,633</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>124,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,305</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>