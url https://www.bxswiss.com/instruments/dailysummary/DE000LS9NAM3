--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993d879267ef4c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R878a9e370e2a4390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d3e31d6be944fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34099147068841dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d29e4dbf314da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d3e31d6be944fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra636528a7f394119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34099147068841dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>85,742</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,628</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,334</x:t>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>