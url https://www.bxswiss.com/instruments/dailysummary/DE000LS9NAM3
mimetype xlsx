--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R878a9e370e2a4390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd475d7d9e4b74b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34099147068841dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb21750eaee4644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra636528a7f394119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34099147068841dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1379e28e6d345ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb21750eaee4644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>