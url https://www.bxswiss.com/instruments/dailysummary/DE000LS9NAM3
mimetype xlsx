--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd475d7d9e4b74b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb4f00e6fd845dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb21750eaee4644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fe1cffb2e94bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1379e28e6d345ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb21750eaee4644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b593bae46f4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fe1cffb2e94bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>