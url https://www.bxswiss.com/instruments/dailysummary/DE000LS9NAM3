--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb4f00e6fd845dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11571dfb764e4e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fe1cffb2e94bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra019586fa8854419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b593bae46f4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fe1cffb2e94bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c16e8878f74708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra019586fa8854419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>