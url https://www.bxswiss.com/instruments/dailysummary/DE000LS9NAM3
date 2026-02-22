--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11571dfb764e4e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c19155dd14349f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra019586fa8854419"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a2e583ed62845d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c16e8878f74708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra019586fa8854419" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553b7a7dc04c442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a2e583ed62845d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>81,046</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>