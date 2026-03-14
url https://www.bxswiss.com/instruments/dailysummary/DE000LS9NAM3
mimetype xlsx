--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c19155dd14349f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e017ecfa734f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a2e583ed62845d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fbb8c80c804428d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553b7a7dc04c442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a2e583ed62845d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483406b46c56420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fbb8c80c804428d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>