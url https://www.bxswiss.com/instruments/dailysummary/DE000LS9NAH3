--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6193e0476a43e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd571346c8544a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf9bcb52738945db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8116444c304a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5162f9775b34218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf9bcb52738945db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99496a2a65044ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8116444c304a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Top30 stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,786</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>