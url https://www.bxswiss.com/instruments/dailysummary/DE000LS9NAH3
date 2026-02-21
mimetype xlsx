--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd571346c8544a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71a9e970c384257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8116444c304a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df53e16ca784e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99496a2a65044ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8116444c304a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a8fc286dd542e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df53e16ca784e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Top30 stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>158,130</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,038</x:t>
-[...281 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,911</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>163,679</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>