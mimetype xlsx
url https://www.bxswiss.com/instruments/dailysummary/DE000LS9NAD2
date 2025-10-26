--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R975d79de6410418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf8d3be588748d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3b13a816c647d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd24681ec7cf6429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537c70a880824c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3b13a816c647d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7fea5efa3e4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd24681ec7cf6429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Startups &amp; Aufsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>