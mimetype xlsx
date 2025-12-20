--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf8d3be588748d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad2dbc2d6e3441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd24681ec7cf6429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b11adc01404dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7fea5efa3e4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd24681ec7cf6429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43088b0b06f743ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b11adc01404dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Startups &amp; Aufsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,599 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>180,031</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>