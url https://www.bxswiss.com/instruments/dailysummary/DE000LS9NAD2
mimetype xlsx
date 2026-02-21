--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad2dbc2d6e3441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9229c3802447b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b11adc01404dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff0dc27e19f4447"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43088b0b06f743ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b11adc01404dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12af25131f5e4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff0dc27e19f4447" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Startups &amp; Aufsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,599 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...566 lines deleted...]
-          <x:t>174,391</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>