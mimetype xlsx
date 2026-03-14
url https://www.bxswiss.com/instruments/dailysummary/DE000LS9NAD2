--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9229c3802447b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f4ec5094904c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff0dc27e19f4447"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3dbb218711c4c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12af25131f5e4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff0dc27e19f4447" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790fb4fbe9b2493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3dbb218711c4c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Startups &amp; Aufsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>