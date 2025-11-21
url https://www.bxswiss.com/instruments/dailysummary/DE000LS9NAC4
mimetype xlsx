--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ba1a86c1c8434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11655ca97df14af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfb3a117b364db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32337a5029d442ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3bc109338a441d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfb3a117b364db8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a6d724c4a244d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32337a5029d442ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>334,105</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>