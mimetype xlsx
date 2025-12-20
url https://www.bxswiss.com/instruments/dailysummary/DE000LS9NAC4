--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11655ca97df14af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9456bbde4547b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32337a5029d442ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8734592a72c4308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a6d724c4a244d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32337a5029d442ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38b31ca6c5804f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8734592a72c4308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>