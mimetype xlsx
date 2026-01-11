--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9456bbde4547b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4dc9316f4eb42e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8734592a72c4308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8199eca8b44365"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38b31ca6c5804f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8734592a72c4308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6697e6b078f3421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8199eca8b44365" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>