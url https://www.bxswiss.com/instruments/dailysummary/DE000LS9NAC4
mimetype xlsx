--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4dc9316f4eb42e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede02bce681d4502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8199eca8b44365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c6a6c23d9041ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6697e6b078f3421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8199eca8b44365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28866e89d674757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c6a6c23d9041ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>342,358</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>