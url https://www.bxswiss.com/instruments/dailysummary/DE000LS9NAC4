--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede02bce681d4502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e6d24b77b04a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c6a6c23d9041ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf229cecd0c4325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28866e89d674757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c6a6c23d9041ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc15b689ef9b248ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf229cecd0c4325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>