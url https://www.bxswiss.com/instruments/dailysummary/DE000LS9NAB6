--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e7eca0140f42ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fd1d1d8e204df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd35f453180c64e0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24294b4d4b73406a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7644dc218044928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd35f453180c64e0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957ac86bab9c444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24294b4d4b73406a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Economic Moat - let it grow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>249,086</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>