--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fd1d1d8e204df8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a8e7c0c2aa4cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24294b4d4b73406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a840c0cf6624a71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957ac86bab9c444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24294b4d4b73406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R035f47e7ff8e4057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a840c0cf6624a71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Economic Moat - let it grow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>244,374</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>