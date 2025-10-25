--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c6195099dd4c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64ef2cd339b412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1540473fe86d481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8255fda0b9234a88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f27a2736c24664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1540473fe86d481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fcb66e050484355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8255fda0b9234a88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Quality Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>