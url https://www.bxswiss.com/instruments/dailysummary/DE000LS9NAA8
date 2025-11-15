--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64ef2cd339b412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61da8e656ee64705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8255fda0b9234a88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4104c173ee94240"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fcb66e050484355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8255fda0b9234a88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92fee741f2342ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4104c173ee94240" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Quality Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>120,769</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,701</x:t>
-[...502 lines deleted...]
-          <x:t>122,777</x:t>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,486</x:t>
-[...4 lines deleted...]
-          <x:t>122,753</x:t>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>