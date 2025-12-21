--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61da8e656ee64705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22d56a96d104a6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4104c173ee94240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37523a9a291d4dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92fee741f2342ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4104c173ee94240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e75b7aef5684d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37523a9a291d4dd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Quality Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>123,153</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,845</x:t>
-[...421 lines deleted...]
-          <x:t>123,016</x:t>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,870</x:t>
-[...166 lines deleted...]
-          <x:t>121,130</x:t>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>