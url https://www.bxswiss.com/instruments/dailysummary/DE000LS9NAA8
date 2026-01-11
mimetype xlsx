--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22d56a96d104a6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a12de829cb4cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37523a9a291d4dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cba6f658c4f4b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e75b7aef5684d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37523a9a291d4dd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b37ef70ff314359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cba6f658c4f4b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Quality Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>124,439</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>123,866</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>123,303</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,143</x:t>
-[...31 lines deleted...]
-          <x:t>123,775</x:t>
+          <x:t>124,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>