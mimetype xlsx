--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a12de829cb4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b943f8c037a48c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cba6f658c4f4b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbef8caeafd74e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b37ef70ff314359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cba6f658c4f4b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78efc02559a14c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbef8caeafd74e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Quality Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,716</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>123,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>124,922</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>