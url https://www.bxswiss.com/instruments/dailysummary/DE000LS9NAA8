--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b943f8c037a48c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201e0a9a5b0d49d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbef8caeafd74e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R931022ab16b249cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78efc02559a14c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbef8caeafd74e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd060106334f8438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R931022ab16b249cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Quality Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,015</x:t>
-[...306 lines deleted...]
-          <x:t>125,762</x:t>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>