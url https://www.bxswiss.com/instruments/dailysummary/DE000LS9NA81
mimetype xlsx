--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7634f8ec2d844767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce2df2135af4ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54fd9babea104549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf100e08b9e84651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45056f47e5e94777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54fd9babea104549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9e672cf94d448e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf100e08b9e84651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>