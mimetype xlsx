--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce2df2135af4ae5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077e8cffafcf4af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf100e08b9e84651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44458b40ee914e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9e672cf94d448e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf100e08b9e84651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffcefce3714b4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44458b40ee914e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>