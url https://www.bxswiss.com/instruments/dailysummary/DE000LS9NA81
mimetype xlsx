--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077e8cffafcf4af7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55521ec4e33841c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44458b40ee914e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ddd5c22646e4e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffcefce3714b4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44458b40ee914e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1345d6478f494821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ddd5c22646e4e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>419,801</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>