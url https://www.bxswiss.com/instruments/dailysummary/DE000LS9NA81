--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55521ec4e33841c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f39e3b427364dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ddd5c22646e4e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc116713daa7c4346"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1345d6478f494821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ddd5c22646e4e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ca1af8c64e4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc116713daa7c4346" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>