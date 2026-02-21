--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f39e3b427364dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09ba1e250b54a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc116713daa7c4346"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b47ad7080314cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ca1af8c64e4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc116713daa7c4346" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56781142109241f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b47ad7080314cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>454,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>