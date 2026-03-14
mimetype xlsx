--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09ba1e250b54a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113b4f89a7a44f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b47ad7080314cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487aff5f65c5441a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56781142109241f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b47ad7080314cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ee9ed4b9e54562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487aff5f65c5441a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>