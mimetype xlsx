--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6bf35e4008400e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d4834a34ce4c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acf25999e624bca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a2d60d3b8d460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ba8488f9a74b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acf25999e624bca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e27174c9b2e4e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a2d60d3b8d460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>84,014</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,824</x:t>
-[...80 lines deleted...]
-          <x:t>83,937</x:t>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,012</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>84,006</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,981</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>83,919</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>