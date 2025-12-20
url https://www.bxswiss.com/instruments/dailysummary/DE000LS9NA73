--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d4834a34ce4c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e6dad39c264fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a2d60d3b8d460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0e738b2ea246ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e27174c9b2e4e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a2d60d3b8d460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5408810031fe4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0e738b2ea246ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,194</x:t>
-[...522 lines deleted...]
-          <x:t>83,112</x:t>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>