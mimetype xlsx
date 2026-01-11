--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e6dad39c264fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11cd7f167414ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0e738b2ea246ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cd3a3c0c8742b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5408810031fe4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0e738b2ea246ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbe7160230924b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cd3a3c0c8742b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>83,542</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,408</x:t>
-[...556 lines deleted...]
-          <x:t>83,683</x:t>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,612</x:t>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>