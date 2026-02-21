--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11cd7f167414ce4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f48e82d774f4df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cd3a3c0c8742b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad40592255614a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbe7160230924b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cd3a3c0c8742b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra606a369d65d4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad40592255614a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>83,526</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,512</x:t>
-[...53 lines deleted...]
-          <x:t>83,587</x:t>
+          <x:t>82,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>