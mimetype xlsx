--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f48e82d774f4df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6afce70229a6400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad40592255614a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc2af9de0244fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra606a369d65d4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad40592255614a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da6bc23aad74904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc2af9de0244fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>